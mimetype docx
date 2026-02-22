--- v0 (2025-10-08)
+++ v1 (2026-02-22)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2201,61 +2202,61 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A50759" w:rsidRPr="00E7310F" w:rsidSect="00E7310F">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34E37C53" w14:textId="77777777" w:rsidR="00C7066C" w:rsidRDefault="00C7066C" w:rsidP="00BD1A1C">
+    <w:p w14:paraId="732E1D63" w14:textId="77777777" w:rsidR="00404CAC" w:rsidRDefault="00404CAC" w:rsidP="00BD1A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3004F298" w14:textId="77777777" w:rsidR="00C7066C" w:rsidRDefault="00C7066C" w:rsidP="00BD1A1C">
+    <w:p w14:paraId="30308D5F" w14:textId="77777777" w:rsidR="00404CAC" w:rsidRDefault="00404CAC" w:rsidP="00BD1A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -2273,61 +2274,61 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05D7C5C7" w14:textId="77777777" w:rsidR="00C7066C" w:rsidRDefault="00C7066C" w:rsidP="00BD1A1C">
+    <w:p w14:paraId="38EED07C" w14:textId="77777777" w:rsidR="00404CAC" w:rsidRDefault="00404CAC" w:rsidP="00BD1A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26B3FB0F" w14:textId="77777777" w:rsidR="00C7066C" w:rsidRDefault="00C7066C" w:rsidP="00BD1A1C">
+    <w:p w14:paraId="513050F5" w14:textId="77777777" w:rsidR="00404CAC" w:rsidRDefault="00404CAC" w:rsidP="00BD1A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="724D0907" w14:textId="1FFF1BB3" w:rsidR="00A50759" w:rsidRDefault="00A50759" w:rsidP="00A50759">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2536BF91" wp14:editId="12714F62">
           <wp:extent cx="810895" cy="810895"/>
@@ -2358,166 +2359,283 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="810895" cy="810895"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7096E238" w14:textId="719DA6CC" w:rsidR="00A50759" w:rsidRDefault="003048D1" w:rsidP="003048D1">
+  <w:p w14:paraId="385BF5DB" w14:textId="5F76B6F9" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="003048D1">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4129BEDD" wp14:editId="2BEE5773">
-[...2 lines deleted...]
-          <wp:docPr id="968683474" name="Immagine 3"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BF4B63C" wp14:editId="7D292CBA">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2551430</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-55880</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1021080" cy="374015"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="6985"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20903"/>
+              <wp:lineTo x="21358" y="20903"/>
+              <wp:lineTo x="21358" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="746122090" name="Immagine 1" descr="Immagine che contiene testo, logo, Carattere, simbolo&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 3"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="2013131704" name="Immagine 1" descr="Immagine che contiene testo, logo, Carattere, simbolo&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
+                  <a:srcRect l="10816" t="41563" r="11128" b="26418"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="810895" cy="810895"/>
+                    <a:ext cx="1021080" cy="374015"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="7096E238" w14:textId="10887ED7" w:rsidR="00A50759" w:rsidRDefault="00A50759" w:rsidP="003048D1">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5619C3FD" w14:textId="77777777" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="003048D1">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="2A2C3667" w14:textId="77777777" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="003048D1">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="302B89C8" w14:textId="73A5088B" w:rsidR="00BD1A1C" w:rsidRDefault="00BD1A1C" w:rsidP="00BD1A1C">
+  <w:p w14:paraId="302B89C8" w14:textId="62F88DE8" w:rsidR="00BD1A1C" w:rsidRDefault="00136387" w:rsidP="00BD1A1C">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4486F609" wp14:editId="402C0412">
-[...2 lines deleted...]
-          <wp:docPr id="391606677" name="Immagine 1"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="656D593D" wp14:editId="4BBA89AE">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2302510</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-2540</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1474470" cy="1038717"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21402"/>
+              <wp:lineTo x="21209" y="21402"/>
+              <wp:lineTo x="21209" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="577017096" name="Immagine 1" descr="Immagine che contiene testo, logo, Carattere, simbolo&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="2013131704" name="Immagine 1" descr="Immagine che contiene testo, logo, Carattere, simbolo&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
+                  <a:srcRect t="7889" b="13253"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1292225" cy="1292225"/>
+                    <a:ext cx="1474470" cy="1038717"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="762E2521" w14:textId="77777777" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="00BD1A1C">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="65C346F4" w14:textId="77777777" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="00BD1A1C">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="209D2C84" w14:textId="77777777" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="00BD1A1C">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="4459C2BE" w14:textId="77777777" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="00BD1A1C">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="45444C29" w14:textId="77777777" w:rsidR="00136387" w:rsidRDefault="00136387" w:rsidP="00BD1A1C">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="2748E93B" w14:textId="77777777" w:rsidR="00BD1A1C" w:rsidRDefault="00BD1A1C" w:rsidP="00BD1A1C">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C2C5B66"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EDE05134"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
@@ -2998,64 +3116,67 @@
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0036556B"/>
     <w:rsid w:val="00075945"/>
+    <w:rsid w:val="00136387"/>
     <w:rsid w:val="001C66B1"/>
     <w:rsid w:val="002C16F9"/>
     <w:rsid w:val="003048D1"/>
     <w:rsid w:val="0036556B"/>
     <w:rsid w:val="003762A4"/>
+    <w:rsid w:val="00404CAC"/>
     <w:rsid w:val="00457063"/>
     <w:rsid w:val="00472B6C"/>
     <w:rsid w:val="00531F1B"/>
     <w:rsid w:val="00590E2D"/>
     <w:rsid w:val="00750236"/>
     <w:rsid w:val="007905B5"/>
     <w:rsid w:val="009C2256"/>
     <w:rsid w:val="00A207D5"/>
     <w:rsid w:val="00A50759"/>
+    <w:rsid w:val="00A60FB1"/>
     <w:rsid w:val="00A868BB"/>
     <w:rsid w:val="00BD1A1C"/>
     <w:rsid w:val="00C7066C"/>
     <w:rsid w:val="00CB3CE8"/>
     <w:rsid w:val="00CE5310"/>
     <w:rsid w:val="00E7310F"/>
     <w:rsid w:val="00E82046"/>
     <w:rsid w:val="00F73560"/>
     <w:rsid w:val="00FA14AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -3693,55 +3814,55 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E7310F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>