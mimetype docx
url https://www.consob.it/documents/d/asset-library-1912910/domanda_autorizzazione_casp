--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -4789,61 +4789,60 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D951DE" w:rsidRPr="00BF6CB3" w14:paraId="2EE48D94" w14:textId="77777777" w:rsidTr="00796739">
         <w:trPr>
           <w:trHeight w:val="1495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28F261B3" w14:textId="77777777" w:rsidR="00D951DE" w:rsidRPr="00711873" w:rsidRDefault="00D951DE" w:rsidP="00A745F9">
+          <w:p w14:paraId="28F261B3" w14:textId="77777777" w:rsidR="00D951DE" w:rsidRPr="00B27851" w:rsidRDefault="00D951DE" w:rsidP="00A745F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4640" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="759AD9D4" w14:textId="77777777" w:rsidR="00D951DE" w:rsidRPr="003D0CF9" w:rsidRDefault="00D951DE" w:rsidP="00A745F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="MS Mincho" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00271315">
               <w:rPr>
@@ -9864,71 +9863,205 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>organo di amministrazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54B34" w:rsidRPr="008B23C0" w14:paraId="43D6E09A" w14:textId="77777777" w:rsidTr="00A745F9">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14879" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0BB68E" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00EE13C3" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
+          <w:p w14:paraId="1BF3227A" w14:textId="46E4E36D" w:rsidR="00627407" w:rsidRPr="00EE13C3" w:rsidRDefault="00627407" w:rsidP="00627407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE13C3">
+            <w:r w:rsidRPr="00657B27">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">La verifica dei requisiti sui membri dell’organo amministrativo deve essere effettuata ai sensi del Regolamento </w:t>
+              <w:t xml:space="preserve">Il </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00657B27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>MiCAR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00657B27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prevede che i membri dell’organo di amministrazione possiedano sufficienti requisiti di onorabilità e le conoscenze, le competenze e l’esperienza necessarie per </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657B27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">amministrare il CASP, siano tenuti a dedicare un tempo sufficiente all’esercizio delle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657B27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">loro funzioni e non abbiano precedenti penali relativi a violazioni di norme nazionali nei settori del diritto </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657B27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">commerciale, del diritto fallimentare, del diritto sui servizi finanziari, della normativa antiriciclaggio, o della </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657B27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">normativa antifrode o degli obblighi in materia di responsabilità </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00657B27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>professionale.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE13C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>La</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE13C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verifica dei requisiti sui membri dell’organo amministrativo deve essere effettuata ai sensi del Regolamento </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>MiCA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, degli RTS ESMA under art. 62(5) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE13C3">
@@ -10019,85 +10152,102 @@
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EA14B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>members</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> of management body nonché del DM n.169/2020.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B6735D5" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00EE13C3" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="41891AD3" w14:textId="4B2FF1AC" w:rsidR="00E54B34" w:rsidRPr="003A5A1D" w:rsidRDefault="00627407" w:rsidP="00627407">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le informazioni richieste per l'accertamento dei requisiti degli esponenti devono essere trasmesse mediante dichiarazione sostitutiva redatta ai sensi del D.P.R. n. 445/2000. </w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Le informazioni richieste per l'accertamento dei requisiti degli esponenti devono essere trasmesse mediante dichiarazione sostitutiva redatta ai sensi del D.P.R. n. 445/2000</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>; per le informazioni da trasmettere si rimanda altresì al Capitolo 3, Sezione II delle Disposizioni della Banca d’Italia di attuazione dell’articolo 5, commi 1 e 3, del decreto legislativo 5 settembre 2024, n.129 (disponibile sulla pagina del sito internet dedicata</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE13C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>ai CASP).</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Inoltre, ai </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">fini </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
@@ -10144,50 +10294,60 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> che indica come buone prassi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (i) la presenza di un amministratore indipendente; (ii) la residenza di almeno un amministratore esecutivo nel territorio dello Stato in cui è richiesta l'autorizzazione; (iii) una struttura dell'organo amministrativo che assicuri un'adeguata dialettica tra gli esponenti ed eviti la concentrazione di poteri in capo a singole figure.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E54B34" w:rsidRPr="00EE13C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54B34" w:rsidRPr="008B23C0" w14:paraId="0B12E54D" w14:textId="77777777" w:rsidTr="00111686">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25734685" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="000F5074" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
@@ -10213,81 +10373,92 @@
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> dell’articolo 62, paragrafo 2, lettera g), del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> e dell’articolo 7 del regolamento delegato (UE) della Commissione 2025/305,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE13C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> i richiedenti forniscono all’autorità competente tutte le informazioni seguenti per ciascun membro dell’organo di amministrazione:</w:t>
+              <w:t xml:space="preserve"> i richiedenti </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE13C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>forniscono all’autorità competente tutte le informazioni seguenti per ciascun membro dell’organo di amministrazione:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5265163C" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00670157" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E313C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Le informazioni di dettaglio potranno essere fornite nell'Allegato 7, suddividendole in paragrafi. Fornire all’interno dell’Allegato 7.1 una sola dichiarazione sostitutiva riguardante i punti e), f), g) ed i) per ogni soggetto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54B34" w:rsidRPr="008B23C0" w14:paraId="75DEE1A1" w14:textId="77777777" w:rsidTr="00796739">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EF364DB" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00670157" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -10402,61 +10573,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">(b) </w:t>
             </w:r>
             <w:r w:rsidRPr="0038289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">il luogo e la data di nascita, l’indirizzo e i recapiti del luogo di residenza attuale e di qualsiasi altro luogo </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">di residenza negli ultimi dieci </w:t>
+              <w:t xml:space="preserve">il luogo e la data di nascita, l’indirizzo e i recapiti del luogo di residenza attuale e di qualsiasi altro luogo di residenza negli ultimi dieci </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2365B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>anni, la cittadinanza o le cittadinanze</w:t>
             </w:r>
             <w:r w:rsidRPr="0038289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>, il numero di identificazione nazionale e la copia di un documento d’identità ufficiale o equivalente;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -10913,51 +11074,50 @@
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>assenza di precedenti penali;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F6373E0" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006333D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>informazioni su procedimenti o indagini penali in corso o sanzioni penali (riguardanti il diritto commerciale, il diritto in materia di servizi finanziari, il riciclaggio di denaro e il finanziamento del terrorismo, la frode o la responsabilità professionale), informazioni su procedimenti esecutivi o sanzioni, informazioni sulle pertinenti cause civili e amministrative e azioni disciplinari, compresa l’interdizione dalla carica di amministratore di una società, su procedure fallimentari, di insolvenza e procedure analoghe</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0561318B" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
@@ -10997,51 +11157,59 @@
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>informazioni sulla rimozione da una posizione di fiducia, da un rapporto fiduciario o da una situazione di fiducia analoga o da un rapporto analogo;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AC6DC0A" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300F8D">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>informazioni che indichino se un’autorità ha valutato la reputazione della persona, compresa l’identità di tale autorità, la data della valutazione e le informazioni sull’esito di tale valutazione</w:t>
+              <w:t xml:space="preserve">informazioni che indichino se un’autorità ha valutato la reputazione della persona, compresa l’identità di tale autorità, la data </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00300F8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>della valutazione e le informazioni sull’esito di tale valutazione</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC780A">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39F45CDA" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E9ADC5A" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
@@ -11051,60 +11219,51 @@
             <w:r w:rsidRPr="00DC4A75">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ai fini della lettera f),</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> punti i) e ii),</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00300F8D">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">i richiedenti forniscono le informazioni mediante un certificato ufficiale, se disponibile nello Stato membro o nel paese </w:t>
-[...8 lines deleted...]
-              <w:t>terzo interessato, o mediante un altro documento equivalente, qualora tale certificato non esista. Le registrazioni, i certificati e i documenti ufficiali devono essere stati rilasciati nei tre mesi precedenti la presentazione della domanda di autorizzazione. Per quanto riguarda le indagini in corso, le informazioni possono essere fornite tramite autocertificazione.</w:t>
+              <w:t>i richiedenti forniscono le informazioni mediante un certificato ufficiale, se disponibile nello Stato membro o nel paese terzo interessato, o mediante un altro documento equivalente, qualora tale certificato non esista. Le registrazioni, i certificati e i documenti ufficiali devono essere stati rilasciati nei tre mesi precedenti la presentazione della domanda di autorizzazione. Per quanto riguarda le indagini in corso, le informazioni possono essere fornite tramite autocertificazione.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46045BA3" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00D456BD" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC4A75">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11625,51 +11784,59 @@
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">un elenco di eventuali responsabilità aggiuntive connesse agli incarichi di amministratore di cui al punto ii), compresa la presidenza di un comitato; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A0E5322" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="004F599E" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00872A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>il tempo stimato, espresso in giorni per anno, dedicato a ciascuno degli altri incarichi di amministratore di cui al punto ii) e il numero di riunioni per anno dedicate a ciascun mandato</w:t>
+              <w:t xml:space="preserve">il tempo stimato, espresso in giorni per anno, dedicato a ciascuno degli altri incarichi di amministratore di cui al punto ii) e il numero </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872A3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>di riunioni per anno dedicate a ciascun mandato</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="229824F5" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="004C7B67" w:rsidRDefault="00E54B34" w:rsidP="004C7B67">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11733,61 +11900,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4640" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6C043164" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00AC1831" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00872A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Il richiedente che chiede l’autorizzazione come prestatore di servizi per le cripto-attività conformemente all’articolo 62 del regolamento (UE) </w:t>
-[...9 lines deleted...]
-              <w:t>2023/1114 fornisce all’autorità competente i risultati di qualsiasi valutazione dell’idoneità di ciascun membro dell’organo di amministrazione effettuata dal richiedente e i risultati della valutazione dell’idoneità collettiva dell’organo di amministrazione, compresi la relazione sulla valutazione di idoneità o i documenti sull’esito della valutazione di idoneità</w:t>
+              <w:t>Il richiedente che chiede l’autorizzazione come prestatore di servizi per le cripto-attività conformemente all’articolo 62 del regolamento (UE) 2023/1114 fornisce all’autorità competente i risultati di qualsiasi valutazione dell’idoneità di ciascun membro dell’organo di amministrazione effettuata dal richiedente e i risultati della valutazione dell’idoneità collettiva dell’organo di amministrazione, compresi la relazione sulla valutazione di idoneità o i documenti sull’esito della valutazione di idoneità</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="454B7072" w14:textId="4DC59AED" w:rsidR="00E54B34" w:rsidRPr="004C7B67" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -11996,51 +12153,51 @@
             </w:r>
             <w:r w:rsidRPr="007C723F">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>RELATIVE AGLI AZIONISTI O AI SOCI CON PARTECIPAZIONE QUALIFICATA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54B34" w:rsidRPr="008B23C0" w14:paraId="77FE6FFA" w14:textId="77777777" w:rsidTr="00A745F9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14879" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D15A55" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00075F4B" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
+          <w:p w14:paraId="2CE41977" w14:textId="77777777" w:rsidR="00C54B9B" w:rsidRDefault="00C54B9B" w:rsidP="00C54B9B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00075F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Il Regolamento </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00075F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
@@ -12303,74 +12460,288 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>), da valutare secondo il criterio del controllo e il criterio del moltiplicatore</w:t>
             </w:r>
             <w:r w:rsidRPr="00075F4B">
               <w:rPr>
                 <w:rStyle w:val="Rimandonotaapidipagina"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="00075F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Inoltre, occorre prestare particolare attenzione ai casi in cui i soci possono avere un'influenza significativa sul CASP.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35836BC9" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00075F4B" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
+          <w:p w14:paraId="45B1B0BD" w14:textId="3115B32F" w:rsidR="00C54B9B" w:rsidRPr="00075F4B" w:rsidRDefault="00C54B9B" w:rsidP="00C54B9B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>In particolare,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> l’Autorità competente valuta, ove opportuno secondo il principio di proporzionalità,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’idoneità dei soggetti che, direttamente o indirettamente, detengono o acquistano partecipazioni qualificate e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">la solidità finanziaria del progetto di acquisizione. La valutazione è effettuata sulla base dei seguenti criteri: la </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reputazione del candidato acquirente; l’onorabilità, la correttezza e la competenza di coloro che, a seguito </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dell’acquisizione, svolgeranno funzioni di amministrazione e direzione nel CASP; la</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">solidità finanziaria del candidato acquirente; la capacità  del CASP di rispettare a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">seguito dell’acquisizione le disposizioni che ne regolano l’attività; la mancanza di un fondato sospetto che </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B372DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’acquisizione sia connessa ad operazioni di riciclaggio o di finanziamento del terrorismo o l’eventuale aumento del rischio di riciclaggio o finanziamento del terrorismo derivante dall’acquisizione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (si veda il </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Capitolo 3, Sezione I delle Disposizioni della Banca d’Italia di attuazione dell’articolo 5, commi 1 e 3, del decreto legislativo 5 settembre 2024, n.129).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD61994" w14:textId="0C79F01F" w:rsidR="00C54B9B" w:rsidRPr="00075F4B" w:rsidRDefault="00C54B9B" w:rsidP="00C54B9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00075F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Per la valutazione di onorabilità e correttezza si applica quanto previsto dal DM 144/1998. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0DCAD012" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00075F4B" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
+              <w:t xml:space="preserve">Per la valutazione di onorabilità e correttezza si applica quanto previsto dal DM </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>469</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/1998. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA01137" w14:textId="77777777" w:rsidR="00C54B9B" w:rsidRPr="00075F4B" w:rsidRDefault="00C54B9B" w:rsidP="00C54B9B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00075F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Le informazioni richieste per l'accertamento dei requisiti dei soci persone fisiche e degli esponenti dei soci persone giuridiche devono essere trasmesse mediante una dichiarazione sostitutiva redatta ai sensi del D.P.R. n. 445/2000. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="389CF20B" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00C47544" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13043,51 +13414,50 @@
             <w:tcW w:w="2726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66BC1A57" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00670157" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000057D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Integrazioni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> necessarie in caso di istanza come PSP</w:t>
             </w:r>
             <w:r w:rsidRPr="000057D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13433,93 +13803,116 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>connessi all</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>infrastruttura informatica e alle relative procedure</w:t>
+              <w:t xml:space="preserve">infrastruttura </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5074">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>informatica e alle relative procedure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4640" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3C84E681" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00670157" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00031A47">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">(a) </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0016602B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>la documentazione tecnica dei sistemi TIC, dell’infrastruttura DLT utilizzata, se del caso, e dei dispositivi di sicurezza, compresa una descrizione dei dispositivi e delle risorse umane e TIC impiegate, elaborata per conformarsi al regolamento (UE) 2022/2554 del Parlamento europeo e del Consiglio</w:t>
+              <w:t xml:space="preserve">la documentazione tecnica dei sistemi TIC, dell’infrastruttura DLT utilizzata, se del caso, e dei dispositivi di sicurezza, compresa una descrizione dei </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016602B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>dispositivi e delle risorse umane e TIC impiegate, elaborata per conformarsi al regolamento (UE) 2022/2554 del Parlamento europeo e del Consiglio</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Rimandonotaapidipagina"/>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00A87EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00271315">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
@@ -13619,60 +14012,51 @@
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(i) </w:t>
             </w:r>
             <w:r w:rsidRPr="008960F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">una descrizione del modo in cui il richiedente garantisce un quadro solido, completo e ben documentato per la gestione dei </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0016602B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">rischi relativi alle TIC </w:t>
-[...8 lines deleted...]
-              <w:t>nell’ambito</w:t>
+              <w:t>rischi relativi alle TIC nell’ambito</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008960F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">del suo sistema generale di gestione del rischio, compresa una descrizione dettagliata dei sistemi, dei protocolli e </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0016602B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -14000,60 +14384,51 @@
               <w:ind w:left="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3EFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7186">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">dispositivi lungo tutto il ciclo di vita relativi alla cibersicurezza organizzativa, alla </w:t>
-[...8 lines deleted...]
-              <w:t>sicurezza fisica e allo sviluppo sicuro del software</w:t>
+              <w:t>dispositivi lungo tutto il ciclo di vita relativi alla cibersicurezza organizzativa, alla sicurezza fisica e allo sviluppo sicuro del software</w:t>
             </w:r>
             <w:r w:rsidRPr="0086059B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="005A3EFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4351E750" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="000F5074" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
@@ -14226,51 +14601,60 @@
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>scatola nera</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C00AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>il revisore non dispone di altre informazioni oltre agli indirizzi IP e agli URL associati al bersaglio sottoposto ad audit. Questa fase è generalmente preceduta dalla scoperta di informazioni e dall’identificazione del bersaglio mediante l’interrogazione dei servizi del sistema dei nomi di dominio (DNS), la scansione delle porte aperte, la scoperta della presenza di apparecchiature di filtraggio ecc</w:t>
+              <w:t xml:space="preserve">il revisore non dispone di altre informazioni oltre agli indirizzi IP e agli URL associati al bersaglio sottoposto ad audit. Questa fase è generalmente preceduta dalla scoperta di informazioni e dall’identificazione del bersaglio mediante l’interrogazione dei servizi del sistema dei nomi di dominio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C00AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(DNS), la scansione delle porte aperte, la scoperta della presenza di apparecchiature di filtraggio ecc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.;</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A518BBF" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="000F5074" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1416"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
@@ -14293,60 +14677,51 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>scatola grigia</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C00AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">i revisori dispongono delle conoscenze di un utente standard del sistema informatico (autenticazione legittima, postazione di lavoro «standard» ecc.). Gli identificatori possono appartenere </w:t>
-[...8 lines deleted...]
-              <w:t>a profili utente diversi per testare livelli di privilegio diversi;</w:t>
+              <w:t>i revisori dispongono delle conoscenze di un utente standard del sistema informatico (autenticazione legittima, postazione di lavoro «standard» ecc.). Gli identificatori possono appartenere a profili utente diversi per testare livelli di privilegio diversi;</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="256B0C29" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="000F5074" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1416"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
@@ -14765,51 +15140,60 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C6E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I CASP che intendono richiedere l’autorizzazione anche come PSP devono </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">pertanto </w:t>
             </w:r>
             <w:r w:rsidRPr="000C6E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>indicare le informazioni previste dall’allegato E, Sezione B, del Capitolo VI di cui alle Disposizioni di Vigilanza per IP e IMEL in materia di “Meccanismi di autenticazione”.</w:t>
+              <w:t xml:space="preserve">indicare le informazioni </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6E91">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>previste dall’allegato E, Sezione B, del Capitolo VI di cui alle Disposizioni di Vigilanza per IP e IMEL in materia di “Meccanismi di autenticazione”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="45DA8588" w14:textId="17564D2C" w:rsidR="00E54B34" w:rsidRPr="004C7B67" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -14909,106 +15293,94 @@
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> dell’articolo 62, paragrafo 2, lettera k), del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> e dell’articolo 10 del regolamento delegato (UE) della Commissione 2025/305</w:t>
             </w:r>
             <w:r w:rsidRPr="006E61E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">, i richiedenti che intendono detenere cripto-attività appartenenti a clienti o i mezzi di accesso a tali cripto-attività ovvero fondi dei clienti diversi dai token di moneta elettronica forniscono </w:t>
-[...10 lines deleted...]
-              <w:t>all’autorità competente una descrizione dettagliata delle proprie procedure per la separazione delle cripto-attività e dei fondi dei clienti, compresi tutti gli elementi seguenti:</w:t>
+              <w:t>, i richiedenti che intendono detenere cripto-attività appartenenti a clienti o i mezzi di accesso a tali cripto-attività ovvero fondi dei clienti diversi dai token di moneta elettronica forniscono all’autorità competente una descrizione dettagliata delle proprie procedure per la separazione delle cripto-attività e dei fondi dei clienti, compresi tutti gli elementi seguenti:</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074" w:rsidDel="0005711E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2AEFBDE4" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="009367D9" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E313C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Le informazioni di dettaglio potranno essere fornite nell'Allegato 10, suddividendole in paragrafi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54B34" w:rsidRPr="008B23C0" w14:paraId="70CE8CA1" w14:textId="77777777" w:rsidTr="00796739">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B050869" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="0000724C" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -15445,51 +15817,62 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">(d) </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C4DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>una descrizione della procedura atta a garantire che i fondi dei clienti diversi dai token di moneta elettronica siano depositati presso una banca centrale o un ente creditizio entro la fine del giorno lavorativo successivo al giorno in cui tali fondi sono stati ricevuti e siano detenuti in un conto distinto da quelli utilizzati per detenere fondi appartenenti al richiedente</w:t>
+              <w:t xml:space="preserve">una descrizione della procedura atta a garantire che i fondi dei clienti diversi dai token di moneta elettronica siano depositati presso una banca centrale o un ente creditizio entro la fine del giorno lavorativo successivo al giorno in cui tali fondi sono stati ricevuti e siano </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C4DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>detenuti in un conto distinto da quelli utilizzati per detenere fondi appartenenti al richiedente</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2D372133" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="00F41F42" w:rsidRDefault="00E54B34" w:rsidP="00E54B34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
@@ -16154,51 +16537,60 @@
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(b</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2365B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) informazioni sulla persona responsabile delle risorse destinate alla gestione dei reclami, unitamente a un curriculum vitae</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2365B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F2365B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>che indichi l’istruzione, la formazione professionale e l’esperienza professionale pertinenti che giustificano le conoscenze, le competenze</w:t>
+              <w:t xml:space="preserve">che indichi l’istruzione, la formazione </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F2365B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>professionale e l’esperienza professionale pertinenti che giustificano le conoscenze, le competenze</w:t>
             </w:r>
             <w:r w:rsidRPr="00165839">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> e l’esperienza ai fini dell’adempimento delle responsabilità attribuite a tale persona</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5351AA95" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00F41F42" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
@@ -17020,51 +17412,63 @@
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB01F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>In materia di gestione dei reclami, con riferimento ai servizi qualificabili come servizi di pagamento, i CASP dovranno fare riferimento alle “</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB01F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disposizioni in materia di Trasparenza delle operazioni e dei servizi bancari e finanziari. Correttezza delle relazioni tra intermediari e clienti” emanate dalla Banca d’Italia (Sezione XI </w:t>
+              <w:t xml:space="preserve">Disposizioni in materia di Trasparenza delle operazioni e dei servizi bancari e </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB01F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">finanziari. Correttezza delle relazioni tra intermediari e clienti” emanate dalla Banca d’Italia (Sezione XI </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB01F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>§ 3).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3A8A2470" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00F41F42" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
@@ -17247,93 +17651,81 @@
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dell’articolo 62, paragrafo 2, lettera m), del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> e dell’articolo 12 del regolamento delegato (UE) della Commissione 2025/305</w:t>
             </w:r>
             <w:r w:rsidRPr="0056759F">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, i richiedenti </w:t>
-[...10 lines deleted...]
-              <w:t>che intendono prestare servizi di custodia e amministrazione di cripto-attività per conto di clienti forniscono all’autorità competente tutte le informazioni seguenti:</w:t>
+              <w:t>, i richiedenti che intendono prestare servizi di custodia e amministrazione di cripto-attività per conto di clienti forniscono all’autorità competente tutte le informazioni seguenti:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6C5916DB" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00E313C3" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E313C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Le informazioni di dettaglio potranno essere fornite nell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="00E313C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Allegato 12, suddividendole in paragrafi.</w:t>
             </w:r>
           </w:p>
@@ -17678,51 +18070,63 @@
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B80D32">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">(ii) </w:t>
             </w:r>
             <w:r w:rsidRPr="002C55CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>le politiche e procedure e una descrizione dei sistemi e dei controlli per la gestione dei rischi operativi e relativi alle TIC, anche nel caso in cui la custodia e l’amministrazione di cripto-attività per conto dei clienti siano esternalizzate a terzi</w:t>
+              <w:t xml:space="preserve">le politiche e procedure e una descrizione dei sistemi e dei controlli per la gestione dei rischi operativi e relativi alle TIC, anche nel caso in cui la custodia e l’amministrazione di </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C55CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>cripto-attività per conto dei clienti siano esternalizzate a terzi</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="168E9D73" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5074">
@@ -17745,51 +18149,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75F94644" w14:textId="4A576A1C" w:rsidR="00D55FE7" w:rsidRPr="000F5074" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">(iv) </w:t>
             </w:r>
             <w:r w:rsidRPr="002C55CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>le procedure e una descrizione dei sistemi che garantiscono la restituzione ai clienti delle cripto-attività o dei mezzi di accesso</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
@@ -18147,50 +18550,51 @@
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47808EE5" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00DC780A" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C55CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">una descrizione del modo in cui il richiedente intende vigilare sulle deleghe o </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C55CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>sottodeleghe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29F6D26A" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="006528EE" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
@@ -18326,51 +18730,50 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="242C932C" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00670157" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B63A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ai </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sensi</w:t>
             </w:r>
             <w:r w:rsidRPr="005B63A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dell’articolo 62, paragrafo 2, lettera n), del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
@@ -19138,60 +19541,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B80D32">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(h) </w:t>
             </w:r>
             <w:r w:rsidRPr="008B4016">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">le modalità con cui rendere pubblici tutti i prezzi di domanda e offerta, lo spessore degli interessi di negoziazione ai prezzi pubblicizzati per le cripto-attività attraverso le loro piattaforme di negoziazione e </w:t>
-[...8 lines deleted...]
-              <w:t>il prezzo, il volume e l’ora delle operazioni eseguite in relazione alle cripto-attività negoziate sulle loro piattaforme di negoziazione, conformemente all’articolo 76, paragrafi 9 e 10, del regolamento (UE) 2023/1114</w:t>
+              <w:t>le modalità con cui rendere pubblici tutti i prezzi di domanda e offerta, lo spessore degli interessi di negoziazione ai prezzi pubblicizzati per le cripto-attività attraverso le loro piattaforme di negoziazione e il prezzo, il volume e l’ora delle operazioni eseguite in relazione alle cripto-attività negoziate sulle loro piattaforme di negoziazione, conformemente all’articolo 76, paragrafi 9 e 10, del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r w:rsidRPr="00B80D32">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5696A3FE" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00F41F42" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
@@ -19582,50 +19976,51 @@
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C7F39AF" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00B80D32" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001274DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>le misure previste per limitare i mancati regolamenti</w:t>
             </w:r>
             <w:r w:rsidRPr="00B80D32">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57D49F5A" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00B80D32" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
@@ -20272,50 +20667,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71F2B7EC" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="000F5074" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B16AD2">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>POLITICA</w:t>
             </w:r>
             <w:r w:rsidRPr="00B80D32">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> DI ESECUZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D55FE7" w:rsidRPr="000F5074" w14:paraId="5FAE7E6A" w14:textId="77777777" w:rsidTr="00A745F9">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14879" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0" w:themeFill="text2" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C2056CB" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="000F5074" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
@@ -20352,51 +20748,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7366" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44348C16" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8148A">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ai </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>sensi</w:t>
             </w:r>
             <w:r w:rsidRPr="00D8148A">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> dell’articolo 62, paragrafo 2, lettera p), del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -20893,51 +21288,60 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(e) </w:t>
             </w:r>
             <w:r w:rsidRPr="00277848">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>se del caso,</w:t>
             </w:r>
             <w:r w:rsidRPr="001C616B">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> le modalità per informare i clienti che il richiedente eseguirà ordini al di fuori di una piattaforma di negoziazione e il modo in cui il richiedente otterrà il consenso esplicito preventivo dei suoi clienti prima di eseguire tali ordini</w:t>
+              <w:t xml:space="preserve"> le modalità per informare i clienti che il richiedente eseguirà ordini al di fuori di una piattaforma di negoziazione e il modo in cui il richiedente otterrà il </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C616B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>consenso esplicito preventivo dei suoi clienti prima di eseguire tali ordini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5074">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="31BEA750" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00F41F42" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
@@ -21534,78 +21938,90 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> dell’articolo 62, paragrafo 2, lettera q), del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> e dell’articolo 16 del regolamento delegato (UE) della Commissione 2025/305</w:t>
             </w:r>
             <w:r w:rsidRPr="00082DE3">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>, i richiedenti che intendono prestare consulenza sulle cripto-attività o servizi di gestione del portafoglio di cripto-attività forniscono all’autorità competente tutte le informazioni seguenti:</w:t>
+              <w:t xml:space="preserve">, i richiedenti </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00082DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>che intendono prestare consulenza sulle cripto-attività o servizi di gestione del portafoglio di cripto-attività forniscono all’autorità competente tutte le informazioni seguenti:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2A613B20" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00E313C3" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E313C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Le informazioni di dettaglio potranno essere fornite nell’Allegato 16,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E313C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> suddividendole in paragrafi</w:t>
             </w:r>
             <w:r w:rsidRPr="00E313C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
@@ -21839,61 +22255,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00105E34">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(b) </w:t>
             </w:r>
             <w:r w:rsidRPr="00F030D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">i meccanismi per controllare, valutare e mantenere efficacemente le conoscenze e le competenze delle persone fisiche che prestano consulenza per conto del richiedente, necessarie, secondo i criteri di tale </w:t>
-[...9 lines deleted...]
-              <w:t>valutazione utilizzati nella legislazione nazionale, per effettuare la valutazione dell’adeguatezza di cui all’articolo 81, paragrafo 1, del regolamento (UE) 2023/1114</w:t>
+              <w:t>i meccanismi per controllare, valutare e mantenere efficacemente le conoscenze e le competenze delle persone fisiche che prestano consulenza per conto del richiedente, necessarie, secondo i criteri di tale valutazione utilizzati nella legislazione nazionale, per effettuare la valutazione dell’adeguatezza di cui all’articolo 81, paragrafo 1, del regolamento (UE) 2023/1114</w:t>
             </w:r>
             <w:r w:rsidRPr="00105E34">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="35E62E6D" w14:textId="77777777" w:rsidR="00D55FE7" w:rsidRPr="00F41F42" w:rsidRDefault="00D55FE7" w:rsidP="00D55FE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
@@ -22521,71 +22927,71 @@
           <w:b/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58360F0B" w14:textId="1B5693DA" w:rsidR="00C31257" w:rsidRPr="00DB33DE" w:rsidRDefault="00C31257" w:rsidP="006E1F59"/>
     <w:sectPr w:rsidR="00C31257" w:rsidRPr="00DB33DE" w:rsidSect="005E00BB">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="624" w:footer="448" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7329E92C" w14:textId="77777777" w:rsidR="00872FC3" w:rsidRDefault="00872FC3" w:rsidP="00232697">
+    <w:p w14:paraId="045D7575" w14:textId="77777777" w:rsidR="00D21217" w:rsidRDefault="00D21217" w:rsidP="00232697">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09E957A4" w14:textId="77777777" w:rsidR="00872FC3" w:rsidRDefault="00872FC3" w:rsidP="00232697">
+    <w:p w14:paraId="2C411D5F" w14:textId="77777777" w:rsidR="00D21217" w:rsidRDefault="00D21217" w:rsidP="00232697">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7818134C" w14:textId="77777777" w:rsidR="00872FC3" w:rsidRDefault="00872FC3">
+    <w:p w14:paraId="6AD872BB" w14:textId="77777777" w:rsidR="00D21217" w:rsidRDefault="00D21217">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -22668,51 +23074,50 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1203398530"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="3728892C" w14:textId="0D9092BF" w:rsidR="00542637" w:rsidRDefault="00542637">
         <w:pPr>
           <w:pStyle w:val="Pidipagina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E17301" w:rsidRPr="00E17301">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="it-IT"/>
           </w:rPr>
           <w:t>63</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
@@ -22744,71 +23149,71 @@
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00303CB2">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00303CB2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="78F1C619" w14:textId="77777777" w:rsidR="00542637" w:rsidRDefault="00542637"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DC4A393" w14:textId="77777777" w:rsidR="00872FC3" w:rsidRDefault="00872FC3" w:rsidP="00232697">
+    <w:p w14:paraId="288DB157" w14:textId="77777777" w:rsidR="00D21217" w:rsidRDefault="00D21217" w:rsidP="00232697">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A64B0E8" w14:textId="77777777" w:rsidR="00872FC3" w:rsidRDefault="00872FC3" w:rsidP="00232697">
+    <w:p w14:paraId="4B97A8EF" w14:textId="77777777" w:rsidR="00D21217" w:rsidRDefault="00D21217" w:rsidP="00232697">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0ADE97CD" w14:textId="77777777" w:rsidR="00872FC3" w:rsidRDefault="00872FC3">
+    <w:p w14:paraId="5D1701D8" w14:textId="77777777" w:rsidR="00D21217" w:rsidRDefault="00D21217">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="50647364" w14:textId="6372E18B" w:rsidR="00D951DE" w:rsidRPr="00E313C3" w:rsidRDefault="00D951DE" w:rsidP="00D951DE">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E313C3">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00EA14B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
@@ -22866,76 +23271,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Direttiva 2013/34/UE del Parlamento europeo e del Consiglio, del 26 giugno 2013, relativa ai bilanci d’esercizio, ai bilanci consolidati e alle relative relazioni di talune tipologie di imprese, recante modifica della direttiva 2006/43/CE del Parlamento europeo e del Consiglio e abrogazione delle direttive 78/660/CEE e 83/349/CEE del Consiglio (GU L 182 del 29.6.2013, pag. 19, ELI: http://data. europa.eu/eli/dir/2013/34/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E313C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E313C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="2A63102D" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="003A7189" w:rsidRDefault="00E54B34" w:rsidP="00D951DE">
+    <w:p w14:paraId="6C3F19D0" w14:textId="77777777" w:rsidR="00627407" w:rsidRPr="003A7189" w:rsidRDefault="00627407" w:rsidP="00627407">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A7189">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006F4B65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://www.esma.europa.eu/sites/default/files/2025-01/ESMA75-453128700-1263_Supervisory_Briefing_on_Authorisation_of_CASPs.pdf</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="357049EB" w14:textId="77777777" w:rsidR="00E54B34" w:rsidRPr="0080544D" w:rsidRDefault="00E54B34" w:rsidP="00D951DE">
+    <w:p w14:paraId="33C14BA4" w14:textId="77777777" w:rsidR="00C54B9B" w:rsidRPr="0080544D" w:rsidRDefault="00C54B9B" w:rsidP="00C54B9B">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E3D01">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005E3D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Per la definizione e l’applicazione del criterio del moltiplicatore si vedano </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="005E3D01">
           <w:rPr>
@@ -27751,50 +28156,51 @@
     <w:rsid w:val="00024AB1"/>
     <w:rsid w:val="000266A0"/>
     <w:rsid w:val="0002677B"/>
     <w:rsid w:val="00027A92"/>
     <w:rsid w:val="000311AE"/>
     <w:rsid w:val="000317AC"/>
     <w:rsid w:val="00031A47"/>
     <w:rsid w:val="00031AA9"/>
     <w:rsid w:val="000324C5"/>
     <w:rsid w:val="00032966"/>
     <w:rsid w:val="000330DA"/>
     <w:rsid w:val="000332C4"/>
     <w:rsid w:val="00033E53"/>
     <w:rsid w:val="000357D5"/>
     <w:rsid w:val="00035C72"/>
     <w:rsid w:val="00035D24"/>
     <w:rsid w:val="00035DD5"/>
     <w:rsid w:val="000361E8"/>
     <w:rsid w:val="00036569"/>
     <w:rsid w:val="00036FC9"/>
     <w:rsid w:val="000406D1"/>
     <w:rsid w:val="00044E44"/>
     <w:rsid w:val="000454DE"/>
     <w:rsid w:val="00045A22"/>
     <w:rsid w:val="00046D13"/>
+    <w:rsid w:val="00046D40"/>
     <w:rsid w:val="00047533"/>
     <w:rsid w:val="000501BC"/>
     <w:rsid w:val="00051639"/>
     <w:rsid w:val="00052060"/>
     <w:rsid w:val="0005412B"/>
     <w:rsid w:val="000545BB"/>
     <w:rsid w:val="00054AFE"/>
     <w:rsid w:val="00055715"/>
     <w:rsid w:val="00055BD8"/>
     <w:rsid w:val="00055E1E"/>
     <w:rsid w:val="0005711E"/>
     <w:rsid w:val="00057ACA"/>
     <w:rsid w:val="00060C51"/>
     <w:rsid w:val="000616D1"/>
     <w:rsid w:val="000634D9"/>
     <w:rsid w:val="00066A62"/>
     <w:rsid w:val="00066C21"/>
     <w:rsid w:val="0006765F"/>
     <w:rsid w:val="00067C34"/>
     <w:rsid w:val="0007297B"/>
     <w:rsid w:val="000737A9"/>
     <w:rsid w:val="000748E2"/>
     <w:rsid w:val="00075F4B"/>
     <w:rsid w:val="00077386"/>
     <w:rsid w:val="0007798E"/>
@@ -27827,65 +28233,67 @@
     <w:rsid w:val="000A5644"/>
     <w:rsid w:val="000A5FEF"/>
     <w:rsid w:val="000A6343"/>
     <w:rsid w:val="000A650F"/>
     <w:rsid w:val="000A7186"/>
     <w:rsid w:val="000A74F2"/>
     <w:rsid w:val="000B1137"/>
     <w:rsid w:val="000B1206"/>
     <w:rsid w:val="000B2B00"/>
     <w:rsid w:val="000B675E"/>
     <w:rsid w:val="000B7DFD"/>
     <w:rsid w:val="000C0781"/>
     <w:rsid w:val="000C07D6"/>
     <w:rsid w:val="000C26D0"/>
     <w:rsid w:val="000C2B9B"/>
     <w:rsid w:val="000C2C14"/>
     <w:rsid w:val="000C30CE"/>
     <w:rsid w:val="000C3B72"/>
     <w:rsid w:val="000C44CC"/>
     <w:rsid w:val="000C573A"/>
     <w:rsid w:val="000C57E9"/>
     <w:rsid w:val="000C5C09"/>
     <w:rsid w:val="000C608C"/>
     <w:rsid w:val="000C6DE9"/>
     <w:rsid w:val="000C6E91"/>
+    <w:rsid w:val="000D0586"/>
     <w:rsid w:val="000D09B4"/>
     <w:rsid w:val="000D0EDC"/>
     <w:rsid w:val="000D4009"/>
     <w:rsid w:val="000D406E"/>
     <w:rsid w:val="000D4167"/>
     <w:rsid w:val="000D4DCA"/>
     <w:rsid w:val="000D698E"/>
     <w:rsid w:val="000D7B15"/>
     <w:rsid w:val="000D7DA1"/>
     <w:rsid w:val="000E0E50"/>
     <w:rsid w:val="000E1EE1"/>
     <w:rsid w:val="000E2441"/>
     <w:rsid w:val="000E29E2"/>
     <w:rsid w:val="000E4B3D"/>
     <w:rsid w:val="000E5733"/>
+    <w:rsid w:val="000E6DC8"/>
     <w:rsid w:val="000E6F1E"/>
     <w:rsid w:val="000E7E56"/>
     <w:rsid w:val="000F0713"/>
     <w:rsid w:val="000F10B1"/>
     <w:rsid w:val="000F10E8"/>
     <w:rsid w:val="000F2495"/>
     <w:rsid w:val="000F3719"/>
     <w:rsid w:val="000F3B90"/>
     <w:rsid w:val="000F5074"/>
     <w:rsid w:val="00100AFD"/>
     <w:rsid w:val="00100DAC"/>
     <w:rsid w:val="00102403"/>
     <w:rsid w:val="00102D3F"/>
     <w:rsid w:val="00103039"/>
     <w:rsid w:val="00103729"/>
     <w:rsid w:val="00103C39"/>
     <w:rsid w:val="00103D41"/>
     <w:rsid w:val="00103EF0"/>
     <w:rsid w:val="00104F5F"/>
     <w:rsid w:val="0010545C"/>
     <w:rsid w:val="00105E34"/>
     <w:rsid w:val="00106550"/>
     <w:rsid w:val="00106E7B"/>
     <w:rsid w:val="00107183"/>
     <w:rsid w:val="001072BF"/>
@@ -28327,50 +28735,51 @@
     <w:rsid w:val="003C7C1C"/>
     <w:rsid w:val="003D012B"/>
     <w:rsid w:val="003D0CF9"/>
     <w:rsid w:val="003D210B"/>
     <w:rsid w:val="003D2FBC"/>
     <w:rsid w:val="003D32D4"/>
     <w:rsid w:val="003D3876"/>
     <w:rsid w:val="003D4C4D"/>
     <w:rsid w:val="003D4E18"/>
     <w:rsid w:val="003D5D03"/>
     <w:rsid w:val="003D5D4D"/>
     <w:rsid w:val="003D6EDA"/>
     <w:rsid w:val="003E01DA"/>
     <w:rsid w:val="003E0405"/>
     <w:rsid w:val="003E069B"/>
     <w:rsid w:val="003E0F5A"/>
     <w:rsid w:val="003E130B"/>
     <w:rsid w:val="003E1310"/>
     <w:rsid w:val="003E1D27"/>
     <w:rsid w:val="003E3CD6"/>
     <w:rsid w:val="003E45E6"/>
     <w:rsid w:val="003E4872"/>
     <w:rsid w:val="003E4E41"/>
     <w:rsid w:val="003E5E77"/>
     <w:rsid w:val="003E7C4F"/>
+    <w:rsid w:val="003F09E9"/>
     <w:rsid w:val="003F2EA7"/>
     <w:rsid w:val="003F4068"/>
     <w:rsid w:val="003F5978"/>
     <w:rsid w:val="003F6AF4"/>
     <w:rsid w:val="003F6F7A"/>
     <w:rsid w:val="003F7BA0"/>
     <w:rsid w:val="004001D4"/>
     <w:rsid w:val="0040129B"/>
     <w:rsid w:val="004016BA"/>
     <w:rsid w:val="004020DC"/>
     <w:rsid w:val="0040241A"/>
     <w:rsid w:val="00403200"/>
     <w:rsid w:val="00404732"/>
     <w:rsid w:val="0040532A"/>
     <w:rsid w:val="0040623A"/>
     <w:rsid w:val="0040680B"/>
     <w:rsid w:val="00406A3A"/>
     <w:rsid w:val="00406F31"/>
     <w:rsid w:val="0041238C"/>
     <w:rsid w:val="004127ED"/>
     <w:rsid w:val="004129C4"/>
     <w:rsid w:val="00413C4C"/>
     <w:rsid w:val="00414222"/>
     <w:rsid w:val="00414ED2"/>
     <w:rsid w:val="0041688D"/>
@@ -28675,50 +29084,51 @@
     <w:rsid w:val="00607FCD"/>
     <w:rsid w:val="00610A5A"/>
     <w:rsid w:val="0061177E"/>
     <w:rsid w:val="00611A63"/>
     <w:rsid w:val="00612670"/>
     <w:rsid w:val="00613245"/>
     <w:rsid w:val="006143E3"/>
     <w:rsid w:val="006146AB"/>
     <w:rsid w:val="00614D18"/>
     <w:rsid w:val="0061537B"/>
     <w:rsid w:val="00615A2C"/>
     <w:rsid w:val="00615A5A"/>
     <w:rsid w:val="00615AE2"/>
     <w:rsid w:val="00617CFB"/>
     <w:rsid w:val="00617DDB"/>
     <w:rsid w:val="00620B68"/>
     <w:rsid w:val="00620D20"/>
     <w:rsid w:val="0062100D"/>
     <w:rsid w:val="00621C5C"/>
     <w:rsid w:val="0062317D"/>
     <w:rsid w:val="00624702"/>
     <w:rsid w:val="006249C0"/>
     <w:rsid w:val="00624C5E"/>
     <w:rsid w:val="006268EB"/>
     <w:rsid w:val="006271DC"/>
+    <w:rsid w:val="00627407"/>
     <w:rsid w:val="006277C5"/>
     <w:rsid w:val="00627C02"/>
     <w:rsid w:val="00627ED0"/>
     <w:rsid w:val="006310AB"/>
     <w:rsid w:val="00631B17"/>
     <w:rsid w:val="00632313"/>
     <w:rsid w:val="006333D5"/>
     <w:rsid w:val="006340F7"/>
     <w:rsid w:val="0063491E"/>
     <w:rsid w:val="00635712"/>
     <w:rsid w:val="006362D2"/>
     <w:rsid w:val="00636E56"/>
     <w:rsid w:val="006374E1"/>
     <w:rsid w:val="006409E1"/>
     <w:rsid w:val="00640A1B"/>
     <w:rsid w:val="00641DFC"/>
     <w:rsid w:val="00642D26"/>
     <w:rsid w:val="00643E00"/>
     <w:rsid w:val="00644F8B"/>
     <w:rsid w:val="00645C52"/>
     <w:rsid w:val="006478A0"/>
     <w:rsid w:val="00647E53"/>
     <w:rsid w:val="006528EE"/>
     <w:rsid w:val="00652980"/>
     <w:rsid w:val="006530C8"/>
@@ -29198,50 +29608,51 @@
     <w:rsid w:val="009153B3"/>
     <w:rsid w:val="00915556"/>
     <w:rsid w:val="00915BDF"/>
     <w:rsid w:val="0092075B"/>
     <w:rsid w:val="009221FB"/>
     <w:rsid w:val="00922BC4"/>
     <w:rsid w:val="009244D6"/>
     <w:rsid w:val="00926707"/>
     <w:rsid w:val="00926C7B"/>
     <w:rsid w:val="00930305"/>
     <w:rsid w:val="00930B46"/>
     <w:rsid w:val="009321E5"/>
     <w:rsid w:val="0093311C"/>
     <w:rsid w:val="009332AF"/>
     <w:rsid w:val="0093354C"/>
     <w:rsid w:val="009342A1"/>
     <w:rsid w:val="00935D7F"/>
     <w:rsid w:val="009367D9"/>
     <w:rsid w:val="00936EDF"/>
     <w:rsid w:val="00937F93"/>
     <w:rsid w:val="009404E5"/>
     <w:rsid w:val="00940FC8"/>
     <w:rsid w:val="009419D0"/>
     <w:rsid w:val="00941E1D"/>
     <w:rsid w:val="00945F5A"/>
+    <w:rsid w:val="00951EED"/>
     <w:rsid w:val="00952CB7"/>
     <w:rsid w:val="00952F00"/>
     <w:rsid w:val="009537C1"/>
     <w:rsid w:val="00953D07"/>
     <w:rsid w:val="00954B2E"/>
     <w:rsid w:val="00955519"/>
     <w:rsid w:val="00955D01"/>
     <w:rsid w:val="0095610A"/>
     <w:rsid w:val="009575C3"/>
     <w:rsid w:val="00960619"/>
     <w:rsid w:val="009607A5"/>
     <w:rsid w:val="00960E62"/>
     <w:rsid w:val="00961303"/>
     <w:rsid w:val="00964037"/>
     <w:rsid w:val="00964C75"/>
     <w:rsid w:val="0096517E"/>
     <w:rsid w:val="0096596F"/>
     <w:rsid w:val="00965CE1"/>
     <w:rsid w:val="0096748A"/>
     <w:rsid w:val="009702EC"/>
     <w:rsid w:val="00971093"/>
     <w:rsid w:val="0097187A"/>
     <w:rsid w:val="009728F9"/>
     <w:rsid w:val="009737E2"/>
     <w:rsid w:val="00974202"/>
@@ -29309,50 +29720,51 @@
     <w:rsid w:val="009D7C7E"/>
     <w:rsid w:val="009E0DF4"/>
     <w:rsid w:val="009E1421"/>
     <w:rsid w:val="009E2672"/>
     <w:rsid w:val="009E2DFE"/>
     <w:rsid w:val="009E4A74"/>
     <w:rsid w:val="009E526F"/>
     <w:rsid w:val="009E5ABA"/>
     <w:rsid w:val="009E6D9B"/>
     <w:rsid w:val="009E77E8"/>
     <w:rsid w:val="009F0C9A"/>
     <w:rsid w:val="009F123C"/>
     <w:rsid w:val="009F1868"/>
     <w:rsid w:val="009F203F"/>
     <w:rsid w:val="009F2B9C"/>
     <w:rsid w:val="009F4695"/>
     <w:rsid w:val="009F471B"/>
     <w:rsid w:val="009F4DF3"/>
     <w:rsid w:val="009F753D"/>
     <w:rsid w:val="00A000BD"/>
     <w:rsid w:val="00A00E40"/>
     <w:rsid w:val="00A0186A"/>
     <w:rsid w:val="00A0382C"/>
     <w:rsid w:val="00A042BF"/>
     <w:rsid w:val="00A05034"/>
+    <w:rsid w:val="00A0556D"/>
     <w:rsid w:val="00A05D0D"/>
     <w:rsid w:val="00A06EEE"/>
     <w:rsid w:val="00A07B38"/>
     <w:rsid w:val="00A100E4"/>
     <w:rsid w:val="00A10180"/>
     <w:rsid w:val="00A102A7"/>
     <w:rsid w:val="00A11A83"/>
     <w:rsid w:val="00A12667"/>
     <w:rsid w:val="00A132C4"/>
     <w:rsid w:val="00A137D1"/>
     <w:rsid w:val="00A13EA9"/>
     <w:rsid w:val="00A152BC"/>
     <w:rsid w:val="00A156BC"/>
     <w:rsid w:val="00A158F9"/>
     <w:rsid w:val="00A15E07"/>
     <w:rsid w:val="00A160AB"/>
     <w:rsid w:val="00A16708"/>
     <w:rsid w:val="00A16F27"/>
     <w:rsid w:val="00A17687"/>
     <w:rsid w:val="00A202E4"/>
     <w:rsid w:val="00A20590"/>
     <w:rsid w:val="00A2100C"/>
     <w:rsid w:val="00A21DB8"/>
     <w:rsid w:val="00A21EAE"/>
     <w:rsid w:val="00A22A1A"/>
@@ -29475,50 +29887,51 @@
     <w:rsid w:val="00AF77A0"/>
     <w:rsid w:val="00B02964"/>
     <w:rsid w:val="00B03FEA"/>
     <w:rsid w:val="00B050CE"/>
     <w:rsid w:val="00B0550E"/>
     <w:rsid w:val="00B0671E"/>
     <w:rsid w:val="00B06BAD"/>
     <w:rsid w:val="00B06F6F"/>
     <w:rsid w:val="00B073D9"/>
     <w:rsid w:val="00B0770D"/>
     <w:rsid w:val="00B10AD2"/>
     <w:rsid w:val="00B119B9"/>
     <w:rsid w:val="00B138CD"/>
     <w:rsid w:val="00B13C70"/>
     <w:rsid w:val="00B14E34"/>
     <w:rsid w:val="00B157C8"/>
     <w:rsid w:val="00B158CF"/>
     <w:rsid w:val="00B16AD2"/>
     <w:rsid w:val="00B16F55"/>
     <w:rsid w:val="00B20797"/>
     <w:rsid w:val="00B20863"/>
     <w:rsid w:val="00B21DD9"/>
     <w:rsid w:val="00B2230C"/>
     <w:rsid w:val="00B246C2"/>
     <w:rsid w:val="00B26EDF"/>
+    <w:rsid w:val="00B27851"/>
     <w:rsid w:val="00B3011C"/>
     <w:rsid w:val="00B30EE5"/>
     <w:rsid w:val="00B3103D"/>
     <w:rsid w:val="00B3297E"/>
     <w:rsid w:val="00B32CE3"/>
     <w:rsid w:val="00B33BD7"/>
     <w:rsid w:val="00B342E3"/>
     <w:rsid w:val="00B34933"/>
     <w:rsid w:val="00B357F2"/>
     <w:rsid w:val="00B35F74"/>
     <w:rsid w:val="00B360E2"/>
     <w:rsid w:val="00B371BA"/>
     <w:rsid w:val="00B40687"/>
     <w:rsid w:val="00B43E0A"/>
     <w:rsid w:val="00B478AC"/>
     <w:rsid w:val="00B47BBA"/>
     <w:rsid w:val="00B5032C"/>
     <w:rsid w:val="00B5088F"/>
     <w:rsid w:val="00B50A9E"/>
     <w:rsid w:val="00B51B6A"/>
     <w:rsid w:val="00B52743"/>
     <w:rsid w:val="00B52C09"/>
     <w:rsid w:val="00B53291"/>
     <w:rsid w:val="00B53F47"/>
     <w:rsid w:val="00B54445"/>
@@ -29602,82 +30015,84 @@
     <w:rsid w:val="00BF578C"/>
     <w:rsid w:val="00BF6CB3"/>
     <w:rsid w:val="00C00200"/>
     <w:rsid w:val="00C03539"/>
     <w:rsid w:val="00C0384F"/>
     <w:rsid w:val="00C0400F"/>
     <w:rsid w:val="00C0485B"/>
     <w:rsid w:val="00C06296"/>
     <w:rsid w:val="00C07115"/>
     <w:rsid w:val="00C07262"/>
     <w:rsid w:val="00C106CA"/>
     <w:rsid w:val="00C10E85"/>
     <w:rsid w:val="00C1102D"/>
     <w:rsid w:val="00C129C5"/>
     <w:rsid w:val="00C14A46"/>
     <w:rsid w:val="00C14F52"/>
     <w:rsid w:val="00C159B8"/>
     <w:rsid w:val="00C15A87"/>
     <w:rsid w:val="00C15D84"/>
     <w:rsid w:val="00C16B79"/>
     <w:rsid w:val="00C1710A"/>
     <w:rsid w:val="00C22D6A"/>
     <w:rsid w:val="00C23151"/>
     <w:rsid w:val="00C23C71"/>
     <w:rsid w:val="00C24185"/>
+    <w:rsid w:val="00C275E0"/>
     <w:rsid w:val="00C27AFC"/>
     <w:rsid w:val="00C300BB"/>
     <w:rsid w:val="00C31257"/>
     <w:rsid w:val="00C313DA"/>
     <w:rsid w:val="00C31EE6"/>
     <w:rsid w:val="00C329B4"/>
     <w:rsid w:val="00C32C84"/>
     <w:rsid w:val="00C335DA"/>
     <w:rsid w:val="00C33A8C"/>
     <w:rsid w:val="00C33CD2"/>
     <w:rsid w:val="00C34E95"/>
     <w:rsid w:val="00C3632B"/>
     <w:rsid w:val="00C37282"/>
     <w:rsid w:val="00C40A00"/>
     <w:rsid w:val="00C40C02"/>
     <w:rsid w:val="00C41AC2"/>
     <w:rsid w:val="00C4244C"/>
     <w:rsid w:val="00C43E66"/>
     <w:rsid w:val="00C448FE"/>
     <w:rsid w:val="00C44A96"/>
     <w:rsid w:val="00C4574A"/>
     <w:rsid w:val="00C4650A"/>
     <w:rsid w:val="00C4658A"/>
     <w:rsid w:val="00C47544"/>
     <w:rsid w:val="00C476E6"/>
     <w:rsid w:val="00C47B04"/>
     <w:rsid w:val="00C51CBD"/>
     <w:rsid w:val="00C5279A"/>
     <w:rsid w:val="00C52BB2"/>
     <w:rsid w:val="00C5316A"/>
     <w:rsid w:val="00C53C31"/>
     <w:rsid w:val="00C54312"/>
+    <w:rsid w:val="00C54B9B"/>
     <w:rsid w:val="00C55833"/>
     <w:rsid w:val="00C55D04"/>
     <w:rsid w:val="00C5670F"/>
     <w:rsid w:val="00C5698F"/>
     <w:rsid w:val="00C5737D"/>
     <w:rsid w:val="00C574B2"/>
     <w:rsid w:val="00C575F7"/>
     <w:rsid w:val="00C60928"/>
     <w:rsid w:val="00C60B13"/>
     <w:rsid w:val="00C62144"/>
     <w:rsid w:val="00C62927"/>
     <w:rsid w:val="00C63220"/>
     <w:rsid w:val="00C63D66"/>
     <w:rsid w:val="00C64D5F"/>
     <w:rsid w:val="00C651F4"/>
     <w:rsid w:val="00C66AE8"/>
     <w:rsid w:val="00C70762"/>
     <w:rsid w:val="00C70B59"/>
     <w:rsid w:val="00C71056"/>
     <w:rsid w:val="00C71E6E"/>
     <w:rsid w:val="00C72B9F"/>
     <w:rsid w:val="00C72BBC"/>
     <w:rsid w:val="00C73F17"/>
     <w:rsid w:val="00C745DD"/>
     <w:rsid w:val="00C748EB"/>
@@ -29769,50 +30184,51 @@
     <w:rsid w:val="00CF5144"/>
     <w:rsid w:val="00CF6CFA"/>
     <w:rsid w:val="00D013FB"/>
     <w:rsid w:val="00D01BBC"/>
     <w:rsid w:val="00D01E98"/>
     <w:rsid w:val="00D02A93"/>
     <w:rsid w:val="00D02E70"/>
     <w:rsid w:val="00D02F21"/>
     <w:rsid w:val="00D02F5D"/>
     <w:rsid w:val="00D030BB"/>
     <w:rsid w:val="00D03E40"/>
     <w:rsid w:val="00D06A04"/>
     <w:rsid w:val="00D10877"/>
     <w:rsid w:val="00D10CEE"/>
     <w:rsid w:val="00D11646"/>
     <w:rsid w:val="00D124FE"/>
     <w:rsid w:val="00D12F34"/>
     <w:rsid w:val="00D13DE1"/>
     <w:rsid w:val="00D14D3D"/>
     <w:rsid w:val="00D15A44"/>
     <w:rsid w:val="00D15A5F"/>
     <w:rsid w:val="00D15CA2"/>
     <w:rsid w:val="00D17D0E"/>
     <w:rsid w:val="00D20102"/>
     <w:rsid w:val="00D20233"/>
+    <w:rsid w:val="00D21217"/>
     <w:rsid w:val="00D22249"/>
     <w:rsid w:val="00D22753"/>
     <w:rsid w:val="00D23BF3"/>
     <w:rsid w:val="00D247E5"/>
     <w:rsid w:val="00D24B5A"/>
     <w:rsid w:val="00D25A88"/>
     <w:rsid w:val="00D2644D"/>
     <w:rsid w:val="00D27443"/>
     <w:rsid w:val="00D27501"/>
     <w:rsid w:val="00D27A4D"/>
     <w:rsid w:val="00D313E6"/>
     <w:rsid w:val="00D3187D"/>
     <w:rsid w:val="00D31F01"/>
     <w:rsid w:val="00D32679"/>
     <w:rsid w:val="00D32740"/>
     <w:rsid w:val="00D34223"/>
     <w:rsid w:val="00D352A0"/>
     <w:rsid w:val="00D3540D"/>
     <w:rsid w:val="00D35CBB"/>
     <w:rsid w:val="00D41FAB"/>
     <w:rsid w:val="00D43949"/>
     <w:rsid w:val="00D44D8B"/>
     <w:rsid w:val="00D456BD"/>
     <w:rsid w:val="00D4602E"/>
     <w:rsid w:val="00D46172"/>
@@ -29911,50 +30327,51 @@
     <w:rsid w:val="00DF135B"/>
     <w:rsid w:val="00DF2DE1"/>
     <w:rsid w:val="00DF31AF"/>
     <w:rsid w:val="00DF35D1"/>
     <w:rsid w:val="00DF3D57"/>
     <w:rsid w:val="00DF799E"/>
     <w:rsid w:val="00DF79F9"/>
     <w:rsid w:val="00DF7E0C"/>
     <w:rsid w:val="00E002D9"/>
     <w:rsid w:val="00E00CD9"/>
     <w:rsid w:val="00E01E14"/>
     <w:rsid w:val="00E02B96"/>
     <w:rsid w:val="00E03406"/>
     <w:rsid w:val="00E055CA"/>
     <w:rsid w:val="00E06ABF"/>
     <w:rsid w:val="00E12552"/>
     <w:rsid w:val="00E12AF6"/>
     <w:rsid w:val="00E13706"/>
     <w:rsid w:val="00E137BD"/>
     <w:rsid w:val="00E17301"/>
     <w:rsid w:val="00E20405"/>
     <w:rsid w:val="00E21B90"/>
     <w:rsid w:val="00E21E71"/>
     <w:rsid w:val="00E221DD"/>
     <w:rsid w:val="00E237AA"/>
+    <w:rsid w:val="00E25408"/>
     <w:rsid w:val="00E26288"/>
     <w:rsid w:val="00E265F4"/>
     <w:rsid w:val="00E266C6"/>
     <w:rsid w:val="00E270A7"/>
     <w:rsid w:val="00E27E20"/>
     <w:rsid w:val="00E31341"/>
     <w:rsid w:val="00E313C3"/>
     <w:rsid w:val="00E32470"/>
     <w:rsid w:val="00E34625"/>
     <w:rsid w:val="00E346FF"/>
     <w:rsid w:val="00E34A54"/>
     <w:rsid w:val="00E34D26"/>
     <w:rsid w:val="00E405C9"/>
     <w:rsid w:val="00E40FE3"/>
     <w:rsid w:val="00E4149D"/>
     <w:rsid w:val="00E433B8"/>
     <w:rsid w:val="00E43594"/>
     <w:rsid w:val="00E437E3"/>
     <w:rsid w:val="00E43F2D"/>
     <w:rsid w:val="00E44F6F"/>
     <w:rsid w:val="00E45006"/>
     <w:rsid w:val="00E451A5"/>
     <w:rsid w:val="00E45CFE"/>
     <w:rsid w:val="00E4715A"/>
     <w:rsid w:val="00E4773C"/>
@@ -32120,60 +32537,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...8 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100BF0A468F98684B4C95D9CAE5F70215EA" ma:contentTypeVersion="2" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="2d0e18eab5f18c525ecc0d563b32bb68">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9b60c21d-56f3-456a-9fea-0d88e3153c45" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="28d99b90ef03ce30887b426de783d0b9" ns2:_="">
     <xsd:import namespace="9b60c21d-56f3-456a-9fea-0d88e3153c45"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9b60c21d-56f3-456a-9fea-0d88e3153c45" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Condiviso con" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
@@ -32277,123 +32684,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A65C970E-1E0A-4F53-A4F6-57F424CEA711}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3B10AA5-61FF-4465-81EA-B03BA79846D9}">
-[...15 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD47FB56-6AA8-46D5-B72C-753BDCC386E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9b60c21d-56f3-456a-9fea-0d88e3153c45"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0C60B2C-E16C-4545-B43A-53A9FC5B7DD7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3B10AA5-61FF-4465-81EA-B03BA79846D9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>40</Pages>
-[...1 lines deleted...]
-  <Characters>54432</Characters>
+  <Pages>41</Pages>
+  <Words>9837</Words>
+  <Characters>56075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>453</Lines>
-  <Paragraphs>127</Paragraphs>
+  <Lines>467</Lines>
+  <Paragraphs>131</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Banca d'Italia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>63854</CharactersWithSpaces>
+  <CharactersWithSpaces>65781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>CONSOB</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BF0A468F98684B4C95D9CAE5F70215EA</vt:lpwstr>
   </property>